--- v0 (2025-11-17)
+++ v1 (2026-01-13)
@@ -16,59 +16,59 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Totais" sheetId="1" r:id="rId4"/>
     <sheet name="Mensal" sheetId="2" r:id="rId5"/>
     <sheet name="Solicitantes" sheetId="3" r:id="rId6"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="28">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="23">
   <si>
     <t>Relatório de Estatísticas</t>
   </si>
   <si>
     <t>Exercício</t>
   </si>
   <si>
-    <t>2025</t>
+    <t>2026</t>
   </si>
   <si>
     <t>Totais por Situação</t>
   </si>
   <si>
     <t>Recebidas</t>
   </si>
   <si>
     <t>Aguardando Atendimento</t>
   </si>
   <si>
     <t>Indeferidas</t>
   </si>
   <si>
     <t>Atendidas</t>
   </si>
   <si>
     <t>Mês</t>
   </si>
   <si>
     <t>Janeiro</t>
   </si>
   <si>
     <t>Fevereiro</t>
   </si>
@@ -85,65 +85,50 @@
     <t>Junho</t>
   </si>
   <si>
     <t>Julho</t>
   </si>
   <si>
     <t>Agosto</t>
   </si>
   <si>
     <t>Setembro</t>
   </si>
   <si>
     <t>Outubro</t>
   </si>
   <si>
     <t>Novembro</t>
   </si>
   <si>
     <t>Dezembro</t>
   </si>
   <si>
     <t>Nome</t>
   </si>
   <si>
     <t>Total</t>
-  </si>
-[...13 lines deleted...]
-    <t>EBES SISTEMA</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -455,100 +440,92 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:D5"/>
+  <dimension ref="A1:D4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30.563965" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="26.993408" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.711426" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>4</v>
       </c>
       <c r="B4" t="s">
         <v>5</v>
       </c>
       <c r="C4" t="s">
         <v>6</v>
       </c>
       <c r="D4" t="s">
         <v>7</v>
-      </c>
-[...6 lines deleted...]
-        <v>10</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="" right="" top="" bottom="" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:E13"/>
@@ -685,210 +662,170 @@
         <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" t="s">
         <v>15</v>
       </c>
       <c r="B8">
         <v>0</v>
       </c>
       <c r="C8">
         <v>0</v>
       </c>
       <c r="D8">
         <v>0</v>
       </c>
       <c r="E8">
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:5">
       <c r="A9" t="s">
         <v>16</v>
       </c>
       <c r="B9">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="C9">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="D9">
         <v>0</v>
       </c>
       <c r="E9">
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:5">
       <c r="A10" t="s">
         <v>17</v>
       </c>
       <c r="B10">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="C10">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="D10">
         <v>0</v>
       </c>
       <c r="E10">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:5">
       <c r="A11" t="s">
         <v>18</v>
       </c>
       <c r="B11">
         <v>0</v>
       </c>
       <c r="C11">
         <v>0</v>
       </c>
       <c r="D11">
         <v>0</v>
       </c>
       <c r="E11">
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:5">
       <c r="A12" t="s">
         <v>19</v>
       </c>
       <c r="B12">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="C12">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="D12">
         <v>0</v>
       </c>
       <c r="E12">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:5">
       <c r="A13" t="s">
         <v>20</v>
       </c>
       <c r="B13">
         <v>0</v>
       </c>
       <c r="C13">
         <v>0</v>
       </c>
       <c r="D13">
         <v>0</v>
       </c>
       <c r="E13">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="" right="" top="" bottom="" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:B6"/>
+  <dimension ref="A1:B1"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="35.2771" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="5.855713" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998291" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>21</v>
       </c>
       <c r="B1" t="s">
         <v>22</v>
-      </c>
-[...38 lines deleted...]
-        <v>1</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="" right="" top="" bottom="" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
@@ -900,32 +837,32 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>Totais</vt:lpstr>
       <vt:lpstr>Mensal</vt:lpstr>
       <vt:lpstr>Solicitantes</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Maatwebsite</Company>
   <Manager>Maatwebsite</Manager>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Maatwebsite</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <dc:title>estatisticas_2025_691aadc0edb5c</dc:title>
+  <dc:title>estatisticas_2026_69660c6d2d679</dc:title>
   <dc:description>Default spreadsheet export</dc:description>
   <dc:subject>Spreadsheet export</dc:subject>
   <cp:keywords>maatwebsite, excel, export</cp:keywords>
   <cp:category>Excel</cp:category>
 </cp:coreProperties>
 </file>