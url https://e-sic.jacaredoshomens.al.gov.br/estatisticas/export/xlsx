--- v1 (2026-01-13)
+++ v2 (2026-03-07)
@@ -16,51 +16,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Totais" sheetId="1" r:id="rId4"/>
     <sheet name="Mensal" sheetId="2" r:id="rId5"/>
     <sheet name="Solicitantes" sheetId="3" r:id="rId6"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="23">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="24">
   <si>
     <t>Relatório de Estatísticas</t>
   </si>
   <si>
     <t>Exercício</t>
   </si>
   <si>
     <t>2026</t>
   </si>
   <si>
     <t>Totais por Situação</t>
   </si>
   <si>
     <t>Recebidas</t>
   </si>
   <si>
     <t>Aguardando Atendimento</t>
   </si>
   <si>
     <t>Indeferidas</t>
   </si>
   <si>
     <t>Atendidas</t>
   </si>
   <si>
@@ -85,50 +85,53 @@
     <t>Junho</t>
   </si>
   <si>
     <t>Julho</t>
   </si>
   <si>
     <t>Agosto</t>
   </si>
   <si>
     <t>Setembro</t>
   </si>
   <si>
     <t>Outubro</t>
   </si>
   <si>
     <t>Novembro</t>
   </si>
   <si>
     <t>Dezembro</t>
   </si>
   <si>
     <t>Nome</t>
   </si>
   <si>
     <t>Total</t>
+  </si>
+  <si>
+    <t>TRANSPARENCIA NORDESTE</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -440,92 +443,100 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:D4"/>
+  <dimension ref="A1:D5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30.563965" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="26.993408" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.711426" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>4</v>
       </c>
       <c r="B4" t="s">
         <v>5</v>
       </c>
       <c r="C4" t="s">
         <v>6</v>
       </c>
       <c r="D4" t="s">
         <v>7</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4">
+      <c r="A5">
+        <v>1</v>
+      </c>
+      <c r="B5">
+        <v>1</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="" right="" top="" bottom="" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:E13"/>
@@ -543,54 +554,54 @@
     <col min="5" max="5" width="11.711426" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" t="s">
         <v>8</v>
       </c>
       <c r="B1" t="s">
         <v>4</v>
       </c>
       <c r="C1" t="s">
         <v>5</v>
       </c>
       <c r="D1" t="s">
         <v>6</v>
       </c>
       <c r="E1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D2">
         <v>0</v>
       </c>
       <c r="E2">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" t="s">
         <v>10</v>
       </c>
       <c r="B3">
         <v>0</v>
       </c>
       <c r="C3">
         <v>0</v>
       </c>
       <c r="D3">
         <v>0</v>
       </c>
       <c r="E3">
         <v>0</v>
       </c>
     </row>
@@ -764,68 +775,76 @@
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="" right="" top="" bottom="" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:B1"/>
+  <dimension ref="A1:B2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="5.855713" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="26.993408" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998291" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>21</v>
       </c>
       <c r="B1" t="s">
         <v>22</v>
+      </c>
+    </row>
+    <row r="2" spans="1:2">
+      <c r="A2" t="s">
+        <v>23</v>
+      </c>
+      <c r="B2">
+        <v>1</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="" right="" top="" bottom="" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
@@ -837,32 +856,32 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>Totais</vt:lpstr>
       <vt:lpstr>Mensal</vt:lpstr>
       <vt:lpstr>Solicitantes</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Maatwebsite</Company>
   <Manager>Maatwebsite</Manager>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Maatwebsite</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <dc:title>estatisticas_2026_69660c6d2d679</dc:title>
+  <dc:title>estatisticas_2026_69abb63ac50df</dc:title>
   <dc:description>Default spreadsheet export</dc:description>
   <dc:subject>Spreadsheet export</dc:subject>
   <cp:keywords>maatwebsite, excel, export</cp:keywords>
   <cp:category>Excel</cp:category>
 </cp:coreProperties>
 </file>